--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Экспорт цен" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="614">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Цоколь</t>
   </si>
   <si>
     <t>Напряжение</t>
   </si>
   <si>
     <t>Мощность</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>LED лампа  E14 10W 4000K 220-240V свеча</t>
   </si>
   <si>
     <t>е14</t>
   </si>
   <si>
     <t>220-240</t>
   </si>
   <si>
@@ -345,53 +345,50 @@
     <t>E40</t>
   </si>
   <si>
     <t>дуговая ртутная ДРВ 500</t>
   </si>
   <si>
     <t>дуговая ртутная ДРВ 750</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛ 1000</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛ 125</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛ 250</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛ 400</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛ 700</t>
   </si>
   <si>
     <t>дуговая ртутная ДРЛФ 400</t>
-  </si>
-[...1 lines deleted...]
-    <t>дуговая ртутная ДРУФЗ 125-1</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 1000-1</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 1000-6</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 2000-6</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 250-6</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 400-6</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная ДРИ 700-6</t>
   </si>
   <si>
     <t>е40</t>
   </si>
   <si>
     <t>дуговая ртутная иодидная шаровая ДРИШ 4000</t>
   </si>
@@ -2218,54 +2215,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E486"/>
+  <dimension ref="A1:E485"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E486" sqref="E486"/>
+      <selection activeCell="E485" sqref="E485"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.406982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.135986" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -3365,6747 +3362,6730 @@
         <v>800</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>110</v>
       </c>
       <c r="B69" t="s">
         <v>102</v>
       </c>
       <c r="C69">
         <v>230</v>
       </c>
       <c r="D69">
         <v>400</v>
       </c>
       <c r="E69" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>111</v>
       </c>
       <c r="B70" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C70">
         <v>230</v>
       </c>
       <c r="D70">
-        <v>125</v>
+        <v>1000</v>
       </c>
       <c r="E70" s="2">
-        <v>1800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>102</v>
       </c>
       <c r="C71">
         <v>230</v>
       </c>
       <c r="D71">
         <v>1000</v>
       </c>
       <c r="E71" s="2">
-        <v>600</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>113</v>
       </c>
       <c r="B72" t="s">
         <v>102</v>
       </c>
       <c r="C72">
-        <v>230</v>
+        <v>380</v>
       </c>
       <c r="D72">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="E72" s="2">
-        <v>1900</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>114</v>
       </c>
       <c r="B73" t="s">
         <v>102</v>
       </c>
       <c r="C73">
-        <v>380</v>
+        <v>230</v>
       </c>
       <c r="D73">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="E73" s="2">
-        <v>2700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>115</v>
       </c>
       <c r="B74" t="s">
         <v>102</v>
       </c>
       <c r="C74">
         <v>230</v>
       </c>
       <c r="D74">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="E74" s="2">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>116</v>
       </c>
       <c r="B75" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="C75">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D75">
-        <v>400</v>
+        <v>700</v>
       </c>
       <c r="E75" s="2">
-        <v>420</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B76" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C76">
-        <v>220</v>
+        <v>380</v>
       </c>
       <c r="D76">
-        <v>700</v>
+        <v>4000</v>
       </c>
       <c r="E76" s="2">
-        <v>1400</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
+        <v>120</v>
+      </c>
+      <c r="B77" t="s">
         <v>119</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>380</v>
+        <v>230</v>
       </c>
       <c r="D77">
-        <v>4000</v>
+        <v>575</v>
       </c>
       <c r="E77" s="2">
-        <v>2500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>121</v>
       </c>
       <c r="B78" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="C78"/>
       <c r="D78">
-        <v>575</v>
+        <v>1000</v>
       </c>
       <c r="E78" s="2">
-        <v>1800</v>
+        <v>800</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>122</v>
       </c>
       <c r="B79" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1000</v>
+        <v>240</v>
       </c>
       <c r="E79" s="2">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>123</v>
       </c>
       <c r="B80" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>240</v>
+        <v>2500</v>
       </c>
       <c r="E80" s="2">
-        <v>1200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>124</v>
       </c>
       <c r="B81" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2500</v>
+        <v>400</v>
       </c>
       <c r="E81" s="2">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>125</v>
       </c>
       <c r="B82" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="E82" s="2">
-        <v>800</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>126</v>
       </c>
       <c r="B83" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>2000</v>
       </c>
       <c r="E83" s="2">
-        <v>8000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>127</v>
       </c>
       <c r="B84" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="E84" s="2">
-        <v>2500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>128</v>
       </c>
       <c r="B85" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="E85" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>129</v>
       </c>
       <c r="B86" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="E86" s="2">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>130</v>
       </c>
       <c r="B87" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C87"/>
+        <v>100</v>
+      </c>
+      <c r="C87">
+        <v>80</v>
+      </c>
       <c r="D87">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="E87" s="2">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>131</v>
       </c>
       <c r="B88" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C88">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="D88">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E88" s="2">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B89" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C89">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="D89">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="E89" s="2">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>134</v>
       </c>
       <c r="B90" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C90">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="D90">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="E90" s="2">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>135</v>
       </c>
       <c r="B91" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C91">
         <v>110</v>
       </c>
       <c r="D91">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="E91" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>136</v>
       </c>
       <c r="B92" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C92">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="D92">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="E92" s="2">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>137</v>
       </c>
       <c r="B93" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C93">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="D93">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E93" s="2">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>138</v>
       </c>
       <c r="B94" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C94">
         <v>110</v>
       </c>
       <c r="D94">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E94" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>139</v>
       </c>
       <c r="B95" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C95">
         <v>110</v>
       </c>
       <c r="D95">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="E95" s="2">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>140</v>
       </c>
       <c r="B96" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C96">
-        <v>110</v>
+        <v>54</v>
       </c>
       <c r="D96">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="E96" s="2">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>141</v>
       </c>
       <c r="B97" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="C97">
-        <v>54</v>
+        <v>110</v>
       </c>
       <c r="D97">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E97" s="2">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>142</v>
       </c>
       <c r="B98" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C98">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="D98">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E98" s="2">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>143</v>
       </c>
       <c r="B99" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C99">
-        <v>220</v>
+        <v>24</v>
       </c>
       <c r="D99">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="E99" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>144</v>
       </c>
       <c r="B100" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C100">
         <v>24</v>
       </c>
       <c r="D100">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="E100" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>145</v>
       </c>
       <c r="B101" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C101">
         <v>24</v>
       </c>
       <c r="D101">
         <v>60</v>
       </c>
       <c r="E101" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>146</v>
       </c>
       <c r="B102" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C102">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="D102">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="E102" s="2">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>147</v>
       </c>
       <c r="B103" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C103">
         <v>54</v>
       </c>
       <c r="D103">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E103" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>148</v>
       </c>
       <c r="B104" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C104">
         <v>54</v>
       </c>
       <c r="D104">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E104" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>149</v>
       </c>
       <c r="B105" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C105">
         <v>54</v>
       </c>
       <c r="D105">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="E105" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>150</v>
       </c>
       <c r="B106" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C106">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="D106">
+        <v>4</v>
+      </c>
+      <c r="E106" s="2">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>151</v>
       </c>
       <c r="B107" t="s">
         <v>33</v>
       </c>
       <c r="C107">
         <v>75</v>
       </c>
       <c r="D107">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E107" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>152</v>
       </c>
       <c r="B108" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C108">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D108">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E108" s="2">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>153</v>
       </c>
       <c r="B109" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C109">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="D109">
         <v>60</v>
       </c>
       <c r="E109" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>154</v>
       </c>
       <c r="B110" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C110">
         <v>120</v>
       </c>
       <c r="D110">
         <v>60</v>
       </c>
       <c r="E110" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>155</v>
       </c>
       <c r="B111" t="s">
         <v>100</v>
       </c>
       <c r="C111">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="D111">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E111" s="2">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>156</v>
       </c>
       <c r="B112" t="s">
-        <v>100</v>
+        <v>157</v>
       </c>
       <c r="C112">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D112">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="E112" s="2">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B113" t="s">
-        <v>158</v>
+        <v>48</v>
       </c>
       <c r="C113">
         <v>12</v>
       </c>
-      <c r="D113">
-        <v>15</v>
+      <c r="D113" t="s">
+        <v>159</v>
       </c>
       <c r="E113" s="2">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B114" t="s">
-        <v>48</v>
+        <v>157</v>
       </c>
       <c r="C114">
         <v>12</v>
       </c>
-      <c r="D114" t="s">
-        <v>160</v>
+      <c r="D114">
+        <v>25</v>
       </c>
       <c r="E114" s="2">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>161</v>
       </c>
       <c r="B115" t="s">
-        <v>158</v>
+        <v>48</v>
       </c>
       <c r="C115">
         <v>12</v>
       </c>
-      <c r="D115">
-        <v>25</v>
+      <c r="D115" t="s">
+        <v>162</v>
       </c>
       <c r="E115" s="2">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B116" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>163</v>
+        <v>102</v>
+      </c>
+      <c r="C116" t="s">
+        <v>164</v>
+      </c>
+      <c r="D116">
+        <v>500</v>
       </c>
       <c r="E116" s="2">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
-        <v>164</v>
-[...4 lines deleted...]
-      <c r="C117" t="s">
         <v>165</v>
       </c>
-      <c r="D117">
-[...1 lines deleted...]
-      </c>
+      <c r="B117"/>
+      <c r="C117"/>
+      <c r="D117"/>
       <c r="E117" s="2">
-        <v>150</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>166</v>
       </c>
       <c r="B118"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>167</v>
       </c>
       <c r="B119"/>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>168</v>
       </c>
       <c r="B120"/>
       <c r="C120"/>
       <c r="D120"/>
       <c r="E120" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>169</v>
       </c>
       <c r="B121"/>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121" s="2">
-        <v>16</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>170</v>
       </c>
-      <c r="B122"/>
-[...1 lines deleted...]
-      <c r="D122"/>
+      <c r="B122" t="s">
+        <v>171</v>
+      </c>
+      <c r="C122">
+        <v>220</v>
+      </c>
+      <c r="D122">
+        <v>1800</v>
+      </c>
       <c r="E122" s="2">
-        <v>250</v>
+        <v>970</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B123" t="s">
-        <v>172</v>
+        <v>119</v>
       </c>
       <c r="C123">
         <v>220</v>
       </c>
       <c r="D123">
-        <v>1800</v>
+        <v>1000</v>
       </c>
       <c r="E123" s="2">
-        <v>970</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>173</v>
       </c>
       <c r="B124" t="s">
-        <v>120</v>
+        <v>174</v>
       </c>
       <c r="C124">
         <v>220</v>
       </c>
       <c r="D124">
         <v>1000</v>
       </c>
       <c r="E124" s="2">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B125" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C125">
         <v>220</v>
       </c>
       <c r="D125">
         <v>1000</v>
       </c>
       <c r="E125" s="2">
-        <v>650</v>
+        <v>880</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B126" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C126">
         <v>220</v>
       </c>
       <c r="D126">
         <v>1000</v>
       </c>
-      <c r="E126" s="2">
-        <v>880</v>
+      <c r="E126" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B127" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C127">
         <v>220</v>
       </c>
       <c r="D127">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>1300</v>
+      </c>
+      <c r="E127" s="2">
+        <v>820</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>181</v>
       </c>
       <c r="B128" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="C128">
         <v>220</v>
       </c>
       <c r="D128">
-        <v>1300</v>
+        <v>2200</v>
       </c>
       <c r="E128" s="2">
-        <v>820</v>
+        <v>970</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B129" t="s">
-        <v>183</v>
+        <v>119</v>
       </c>
       <c r="C129">
         <v>220</v>
       </c>
       <c r="D129">
-        <v>2200</v>
+        <v>560</v>
       </c>
       <c r="E129" s="2">
-        <v>970</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>184</v>
       </c>
       <c r="B130" t="s">
-        <v>120</v>
+        <v>182</v>
       </c>
       <c r="C130">
         <v>220</v>
       </c>
       <c r="D130">
-        <v>560</v>
+        <v>600</v>
       </c>
       <c r="E130" s="2">
-        <v>200</v>
+        <v>970</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>185</v>
       </c>
       <c r="B131" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C131">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="D131">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="E131" s="2">
-        <v>970</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B132" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="C132">
-        <v>230</v>
+        <v>380</v>
       </c>
       <c r="D132">
-        <v>2000</v>
+        <v>3300</v>
       </c>
       <c r="E132" s="2">
         <v>1900</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>188</v>
       </c>
       <c r="B133" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C133">
         <v>380</v>
       </c>
       <c r="D133">
         <v>3300</v>
       </c>
       <c r="E133" s="2">
         <v>1900</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>189</v>
       </c>
       <c r="B134" t="s">
-        <v>183</v>
+        <v>119</v>
       </c>
       <c r="C134">
-        <v>380</v>
+        <v>220</v>
       </c>
       <c r="D134">
-        <v>3300</v>
+        <v>1500</v>
       </c>
       <c r="E134" s="2">
-        <v>1900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>190</v>
       </c>
       <c r="B135" t="s">
-        <v>120</v>
+        <v>182</v>
       </c>
       <c r="C135">
         <v>220</v>
       </c>
       <c r="D135">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="E135" s="2">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>191</v>
       </c>
       <c r="B136" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C136">
         <v>220</v>
       </c>
       <c r="D136">
         <v>2500</v>
       </c>
       <c r="E136" s="2">
         <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>192</v>
       </c>
       <c r="B137" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C137">
         <v>220</v>
       </c>
       <c r="D137">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="E137" s="2">
-        <v>600</v>
+        <v>970</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>193</v>
       </c>
       <c r="B138" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C138">
         <v>220</v>
       </c>
       <c r="D138">
         <v>1000</v>
       </c>
       <c r="E138" s="2">
-        <v>970</v>
+        <v>650</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>194</v>
       </c>
       <c r="B139" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C139">
         <v>220</v>
       </c>
       <c r="D139">
         <v>1000</v>
       </c>
       <c r="E139" s="2">
         <v>650</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>195</v>
       </c>
       <c r="B140" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C140">
         <v>220</v>
       </c>
       <c r="D140">
-        <v>1000</v>
+        <v>2200</v>
       </c>
       <c r="E140" s="2">
-        <v>650</v>
+        <v>970</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>196</v>
       </c>
       <c r="B141" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C141">
         <v>220</v>
       </c>
       <c r="D141">
-        <v>2200</v>
+        <v>600</v>
       </c>
       <c r="E141" s="2">
-        <v>970</v>
+        <v>650</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>197</v>
       </c>
       <c r="B142" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C142">
         <v>220</v>
       </c>
       <c r="D142">
         <v>600</v>
       </c>
       <c r="E142" s="2">
         <v>650</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>198</v>
       </c>
       <c r="B143" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="C143">
         <v>220</v>
       </c>
       <c r="D143">
         <v>600</v>
       </c>
       <c r="E143" s="2">
-        <v>650</v>
+        <v>970</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B144" t="s">
-        <v>200</v>
+        <v>174</v>
       </c>
       <c r="C144">
         <v>220</v>
       </c>
       <c r="D144">
         <v>600</v>
       </c>
       <c r="E144" s="2">
         <v>970</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>201</v>
       </c>
       <c r="B145" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C145">
         <v>220</v>
       </c>
       <c r="D145">
         <v>600</v>
       </c>
       <c r="E145" s="2">
         <v>970</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>202</v>
       </c>
       <c r="B146" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="C146">
         <v>220</v>
       </c>
       <c r="D146">
         <v>600</v>
       </c>
       <c r="E146" s="2">
-        <v>970</v>
+        <v>750</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>203</v>
       </c>
       <c r="B147" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C147">
         <v>220</v>
       </c>
       <c r="D147">
         <v>600</v>
       </c>
       <c r="E147" s="2">
-        <v>750</v>
+        <v>970</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>204</v>
       </c>
-      <c r="B148" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B148"/>
+      <c r="C148"/>
+      <c r="D148"/>
       <c r="E148" s="2">
-        <v>970</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>205</v>
       </c>
       <c r="B149"/>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149" s="2">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>206</v>
       </c>
       <c r="B150"/>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150" s="2">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>207</v>
       </c>
       <c r="B151"/>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151" s="2">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>208</v>
       </c>
       <c r="B152"/>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152" s="2">
-        <v>50</v>
+        <v>87</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>209</v>
       </c>
       <c r="B153"/>
       <c r="C153"/>
       <c r="D153"/>
       <c r="E153" s="2">
-        <v>87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>210</v>
       </c>
       <c r="B154"/>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154" s="2">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>211</v>
       </c>
-      <c r="B155"/>
+      <c r="B155" t="s">
+        <v>25</v>
+      </c>
       <c r="C155"/>
       <c r="D155"/>
       <c r="E155" s="2">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>212</v>
       </c>
       <c r="B156" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156" s="2">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B157" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>215</v>
       </c>
       <c r="B158" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>216</v>
       </c>
       <c r="B159" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-      <c r="D159"/>
+        <v>217</v>
+      </c>
+      <c r="C159" t="s">
+        <v>164</v>
+      </c>
+      <c r="D159">
+        <v>15</v>
+      </c>
       <c r="E159" s="2">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B160" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>219</v>
+      </c>
+      <c r="C160">
+        <v>220</v>
       </c>
       <c r="D160">
-        <v>15</v>
+        <v>1000</v>
       </c>
       <c r="E160" s="2">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
+        <v>220</v>
+      </c>
+      <c r="B161" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="C161">
         <v>220</v>
       </c>
       <c r="D161">
         <v>1000</v>
       </c>
       <c r="E161" s="2">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>221</v>
       </c>
       <c r="B162" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C162">
         <v>220</v>
       </c>
       <c r="D162">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="E162" s="2">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>222</v>
       </c>
       <c r="B163" t="s">
-        <v>220</v>
+        <v>178</v>
       </c>
       <c r="C163">
         <v>220</v>
       </c>
       <c r="D163">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="E163" s="2">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>223</v>
       </c>
       <c r="B164" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="C164">
         <v>220</v>
       </c>
       <c r="D164">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="E164" s="2">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>224</v>
       </c>
       <c r="B165" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C165">
         <v>220</v>
       </c>
       <c r="D165">
         <v>500</v>
       </c>
       <c r="E165" s="2">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>225</v>
       </c>
       <c r="B166" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>226</v>
+      </c>
+      <c r="C166" t="s">
+        <v>164</v>
       </c>
       <c r="D166">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="E166" s="2">
-        <v>150</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B167" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>228</v>
+      </c>
+      <c r="C167">
+        <v>220</v>
       </c>
       <c r="D167">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="E167" s="2">
-        <v>1450</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B168" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C168">
-        <v>220</v>
+        <v>110</v>
       </c>
       <c r="D168">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="E168" s="2">
-        <v>2500</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B169" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C169">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="D169">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="E169" s="2">
-        <v>1050</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B170" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C170">
         <v>12</v>
       </c>
       <c r="D170">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="E170" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B171" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C171">
         <v>12</v>
       </c>
       <c r="D171">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E171" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>236</v>
       </c>
       <c r="B172" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C172">
         <v>12</v>
       </c>
       <c r="D172">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E172" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>237</v>
       </c>
       <c r="B173" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C173">
-        <v>12</v>
+        <v>220</v>
       </c>
       <c r="D173">
-        <v>40</v>
+        <v>1100</v>
       </c>
       <c r="E173" s="2">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B174" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C174">
         <v>220</v>
       </c>
       <c r="D174">
-        <v>1100</v>
+        <v>500</v>
       </c>
       <c r="E174" s="2">
-        <v>1200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B175" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C175">
         <v>220</v>
       </c>
       <c r="D175">
-        <v>500</v>
+        <v>650</v>
       </c>
       <c r="E175" s="2">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>242</v>
       </c>
       <c r="B176" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C176">
         <v>220</v>
       </c>
       <c r="D176">
-        <v>650</v>
+        <v>800</v>
       </c>
       <c r="E176" s="2">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B177" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="C177">
-        <v>220</v>
+        <v>24</v>
       </c>
       <c r="D177">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="E177" s="2">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>245</v>
       </c>
       <c r="B178" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C178">
         <v>24</v>
       </c>
       <c r="D178">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="E178" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>246</v>
       </c>
       <c r="B179" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C179">
         <v>24</v>
       </c>
       <c r="D179">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="E179" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>247</v>
       </c>
       <c r="B180" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C180">
         <v>24</v>
       </c>
       <c r="D180">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="E180" s="2">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>248</v>
       </c>
       <c r="B181" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C181">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D181">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="E181" s="2">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B182" t="s">
-        <v>250</v>
+        <v>119</v>
       </c>
       <c r="C182">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D182">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="E182" s="2">
-        <v>1500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>251</v>
       </c>
       <c r="B183" t="s">
-        <v>120</v>
+        <v>234</v>
       </c>
       <c r="C183">
         <v>30</v>
       </c>
       <c r="D183">
         <v>300</v>
       </c>
       <c r="E183" s="2">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>252</v>
       </c>
       <c r="B184" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C184">
-        <v>30</v>
+        <v>6.3</v>
       </c>
       <c r="D184">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="E184" s="2">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>253</v>
       </c>
       <c r="B185" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C185">
-        <v>6.3</v>
+        <v>75</v>
       </c>
       <c r="D185">
-        <v>15</v>
+        <v>600</v>
       </c>
       <c r="E185" s="2">
-        <v>280</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>254</v>
       </c>
       <c r="B186" t="s">
-        <v>231</v>
+        <v>96</v>
       </c>
       <c r="C186">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="D186">
-        <v>600</v>
+        <v>70</v>
       </c>
       <c r="E186" s="2">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>255</v>
       </c>
       <c r="B187" t="s">
-        <v>96</v>
+        <v>256</v>
       </c>
       <c r="C187">
-        <v>9</v>
+        <v>6.3</v>
       </c>
       <c r="D187">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E187" s="2">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B188" t="s">
-        <v>257</v>
+        <v>119</v>
       </c>
       <c r="C188">
-        <v>6.3</v>
+        <v>220</v>
       </c>
       <c r="D188">
-        <v>15</v>
+        <v>1650</v>
       </c>
       <c r="E188" s="2">
-        <v>220</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>258</v>
       </c>
       <c r="B189" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="C189">
-        <v>220</v>
+        <v>110</v>
       </c>
       <c r="D189">
-        <v>1650</v>
+        <v>300</v>
       </c>
       <c r="E189" s="2">
-        <v>3800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>259</v>
       </c>
       <c r="B190" t="s">
-        <v>133</v>
+        <v>29</v>
       </c>
       <c r="C190">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="D190">
-        <v>300</v>
+        <v>90</v>
       </c>
       <c r="E190" s="2">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>260</v>
       </c>
       <c r="B191" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="C191">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="D191">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="E191" s="2">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>261</v>
       </c>
       <c r="B192" t="s">
-        <v>100</v>
+        <v>262</v>
       </c>
       <c r="C192">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="D192">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="E192" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B193" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="C193">
         <v>17</v>
       </c>
       <c r="D193">
         <v>170</v>
       </c>
       <c r="E193" s="2">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>264</v>
       </c>
       <c r="B194" t="s">
-        <v>250</v>
+        <v>119</v>
       </c>
       <c r="C194">
-        <v>17</v>
+        <v>21.5</v>
       </c>
       <c r="D194">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="E194" s="2">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>265</v>
       </c>
       <c r="B195" t="s">
-        <v>120</v>
+        <v>29</v>
       </c>
       <c r="C195">
-        <v>21.5</v>
+        <v>220</v>
       </c>
       <c r="D195">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="E195" s="2">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>266</v>
       </c>
       <c r="B196" t="s">
-        <v>29</v>
+        <v>267</v>
       </c>
       <c r="C196">
         <v>220</v>
       </c>
       <c r="D196">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="E196" s="2">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B197" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="C197">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="D197">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="E197" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>269</v>
       </c>
       <c r="B198" t="s">
-        <v>250</v>
+        <v>33</v>
       </c>
       <c r="C198">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="D198">
-        <v>400</v>
+        <v>3</v>
       </c>
       <c r="E198" s="2">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>270</v>
       </c>
       <c r="B199" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C199">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D199">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="E199" s="2">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>271</v>
       </c>
       <c r="B200" t="s">
-        <v>29</v>
+        <v>272</v>
       </c>
       <c r="C200">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D200">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="E200" s="2">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B201" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C201">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>12</v>
+      </c>
+      <c r="D201" t="s">
+        <v>275</v>
       </c>
       <c r="E201" s="2">
-        <v>330</v>
+        <v>42</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B202" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C202">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D202" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="E202" s="2">
-        <v>42</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B203" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C203">
         <v>24</v>
       </c>
       <c r="D203" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E203" s="2">
-        <v>100</v>
+        <v>42</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B204" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C204">
         <v>24</v>
       </c>
       <c r="D204" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E204" s="2">
-        <v>42</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B205" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C205">
         <v>24</v>
       </c>
       <c r="D205" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E205" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B206" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C206">
         <v>24</v>
       </c>
       <c r="D206" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="E206" s="2">
-        <v>100</v>
+        <v>42</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>284</v>
       </c>
       <c r="B207" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C207">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D207" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="E207" s="2">
         <v>42</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>285</v>
       </c>
       <c r="B208" t="s">
-        <v>275</v>
+        <v>286</v>
       </c>
       <c r="C208">
         <v>48</v>
       </c>
       <c r="D208" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="E208" s="2">
-        <v>42</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B209" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="C209">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="D209" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="E209" s="2">
-        <v>100</v>
+        <v>42</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>289</v>
       </c>
       <c r="B210" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C210">
         <v>60</v>
       </c>
       <c r="D210" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="E210" s="2">
-        <v>42</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>290</v>
       </c>
       <c r="B211" t="s">
-        <v>275</v>
+        <v>117</v>
       </c>
       <c r="C211">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>220</v>
+      </c>
+      <c r="D211">
+        <v>100</v>
       </c>
       <c r="E211" s="2">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>291</v>
       </c>
       <c r="B212" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C212">
         <v>220</v>
       </c>
       <c r="D212">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="E212" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>292</v>
       </c>
       <c r="B213" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C213">
         <v>220</v>
       </c>
       <c r="D213">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="E213" s="2">
         <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>293</v>
       </c>
       <c r="B214" t="s">
-        <v>118</v>
+        <v>294</v>
       </c>
       <c r="C214">
-        <v>220</v>
+        <v>11</v>
       </c>
       <c r="D214">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="E214" s="2">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B215" t="s">
-        <v>295</v>
+        <v>249</v>
       </c>
       <c r="C215">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D215">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="E215" s="2">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>296</v>
       </c>
       <c r="B216" t="s">
-        <v>250</v>
+        <v>297</v>
       </c>
       <c r="C216">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D216">
-        <v>100</v>
+        <v>0.25</v>
       </c>
       <c r="E216" s="2">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
+        <v>298</v>
+      </c>
+      <c r="B217" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C217">
         <v>3</v>
       </c>
       <c r="D217">
-        <v>0.25</v>
+        <v>0.75</v>
       </c>
       <c r="E217" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>299</v>
       </c>
       <c r="B218" t="s">
-        <v>298</v>
+        <v>119</v>
       </c>
       <c r="C218">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D218">
-        <v>0.75</v>
+        <v>4</v>
       </c>
       <c r="E218" s="2">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>300</v>
       </c>
       <c r="B219" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C219">
         <v>4</v>
       </c>
       <c r="D219">
         <v>4</v>
       </c>
       <c r="E219" s="2">
         <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>301</v>
       </c>
       <c r="B220" t="s">
-        <v>120</v>
+        <v>302</v>
       </c>
       <c r="C220">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D220">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E220" s="2">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B221" t="s">
-        <v>303</v>
+        <v>33</v>
       </c>
       <c r="C221">
-        <v>6</v>
+        <v>6.8</v>
       </c>
       <c r="D221">
-        <v>3</v>
+        <v>11.5</v>
       </c>
       <c r="E221" s="2">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>304</v>
       </c>
       <c r="B222" t="s">
-        <v>33</v>
+        <v>213</v>
       </c>
       <c r="C222">
-        <v>6.8</v>
+        <v>8</v>
       </c>
       <c r="D222">
-        <v>11.5</v>
+        <v>0.6</v>
       </c>
       <c r="E222" s="2">
         <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>305</v>
       </c>
       <c r="B223" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C223">
         <v>8</v>
       </c>
       <c r="D223">
-        <v>0.6</v>
+        <v>3.2</v>
       </c>
       <c r="E223" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>306</v>
       </c>
       <c r="B224" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C224">
         <v>8</v>
       </c>
       <c r="D224">
-        <v>3.2</v>
+        <v>9</v>
       </c>
       <c r="E224" s="2">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>307</v>
       </c>
       <c r="B225" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="C225">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="D225">
-        <v>9</v>
+        <v>500</v>
       </c>
       <c r="E225" s="2">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>308</v>
       </c>
       <c r="B226" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C226">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D226">
-        <v>500</v>
+        <v>110</v>
       </c>
       <c r="E226" s="2">
-        <v>800</v>
+        <v>950</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>309</v>
       </c>
       <c r="B227" t="s">
-        <v>250</v>
+        <v>102</v>
       </c>
       <c r="C227">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="D227">
-        <v>110</v>
+        <v>1000</v>
       </c>
       <c r="E227" s="2">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>310</v>
       </c>
       <c r="B228" t="s">
         <v>102</v>
       </c>
       <c r="C228">
         <v>110</v>
       </c>
       <c r="D228">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="E228" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>311</v>
       </c>
       <c r="B229" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C229">
         <v>110</v>
       </c>
       <c r="D229">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="E229" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>312</v>
       </c>
       <c r="B230" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="C230">
         <v>110</v>
       </c>
       <c r="D230">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="E230" s="2">
-        <v>350</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>313</v>
       </c>
       <c r="B231" t="s">
-        <v>120</v>
+        <v>230</v>
       </c>
       <c r="C231">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="D231">
-        <v>5000</v>
-[...2 lines deleted...]
-        <v>4000</v>
+        <v>1000</v>
+      </c>
+      <c r="E231" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>314</v>
       </c>
       <c r="B232" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C232">
         <v>127</v>
       </c>
       <c r="D232">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>500</v>
+      </c>
+      <c r="E232" s="2">
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>315</v>
       </c>
       <c r="B233" t="s">
-        <v>231</v>
+        <v>117</v>
       </c>
       <c r="C233">
         <v>127</v>
       </c>
       <c r="D233">
         <v>500</v>
       </c>
       <c r="E233" s="2">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>316</v>
       </c>
       <c r="B234" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="C234">
-        <v>127</v>
+        <v>220</v>
       </c>
       <c r="D234">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="E234" s="2">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>317</v>
       </c>
       <c r="B235" t="s">
         <v>102</v>
       </c>
       <c r="C235">
         <v>220</v>
       </c>
       <c r="D235">
         <v>1000</v>
       </c>
       <c r="E235" s="2">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>318</v>
       </c>
       <c r="B236" t="s">
-        <v>102</v>
+        <v>230</v>
       </c>
       <c r="C236">
         <v>220</v>
       </c>
       <c r="D236">
         <v>1000</v>
       </c>
       <c r="E236" s="2">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>319</v>
       </c>
       <c r="B237" t="s">
-        <v>231</v>
+        <v>102</v>
       </c>
       <c r="C237">
         <v>220</v>
       </c>
       <c r="D237">
         <v>1000</v>
       </c>
       <c r="E237" s="2">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>320</v>
       </c>
       <c r="B238" t="s">
-        <v>102</v>
+        <v>230</v>
       </c>
       <c r="C238">
         <v>220</v>
       </c>
       <c r="D238">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="E238" s="2">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>321</v>
       </c>
       <c r="B239" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C239">
         <v>220</v>
       </c>
       <c r="D239">
-        <v>1100</v>
+        <v>300</v>
       </c>
       <c r="E239" s="2">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>322</v>
       </c>
       <c r="B240" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C240">
         <v>220</v>
       </c>
       <c r="D240">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>2000</v>
+      </c>
+      <c r="E240" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>323</v>
       </c>
       <c r="B241" t="s">
-        <v>231</v>
+        <v>100</v>
       </c>
       <c r="C241">
         <v>220</v>
       </c>
       <c r="D241">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>500</v>
+      </c>
+      <c r="E241" s="2">
+        <v>750</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>324</v>
       </c>
       <c r="B242" t="s">
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="C242">
         <v>220</v>
       </c>
       <c r="D242">
         <v>500</v>
       </c>
       <c r="E242" s="2">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>325</v>
       </c>
       <c r="B243" t="s">
-        <v>231</v>
+        <v>102</v>
       </c>
       <c r="C243">
         <v>220</v>
       </c>
       <c r="D243">
         <v>500</v>
       </c>
       <c r="E243" s="2">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>326</v>
       </c>
       <c r="B244" t="s">
-        <v>102</v>
+        <v>230</v>
       </c>
       <c r="C244">
         <v>220</v>
       </c>
       <c r="D244">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="E244" s="2">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>327</v>
       </c>
       <c r="B245" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C245">
-        <v>220</v>
+        <v>24</v>
       </c>
       <c r="D245">
+        <v>100</v>
+      </c>
+      <c r="E245" s="2">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>328</v>
       </c>
       <c r="B246" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C246">
         <v>24</v>
       </c>
       <c r="D246">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="E246" s="2">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>329</v>
       </c>
       <c r="B247" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C247">
         <v>24</v>
       </c>
       <c r="D247">
-        <v>220</v>
+        <v>340</v>
       </c>
       <c r="E247" s="2">
         <v>850</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>330</v>
       </c>
       <c r="B248" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C248">
         <v>24</v>
       </c>
       <c r="D248">
         <v>340</v>
       </c>
       <c r="E248" s="2">
-        <v>850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>331</v>
       </c>
       <c r="B249" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C249">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D249">
-        <v>340</v>
+        <v>200</v>
       </c>
       <c r="E249" s="2">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>332</v>
       </c>
       <c r="B250" t="s">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="C250">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="D250">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="E250" s="2">
-        <v>600</v>
+        <v>520</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>333</v>
       </c>
       <c r="B251" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>249</v>
+      </c>
+      <c r="C251" t="s">
+        <v>334</v>
       </c>
       <c r="D251">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>520</v>
+        <v>45</v>
+      </c>
+      <c r="E251" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B252" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>230</v>
+      </c>
+      <c r="C252">
+        <v>75</v>
       </c>
       <c r="D252">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>600</v>
+      </c>
+      <c r="E252" s="2">
+        <v>530</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>336</v>
       </c>
       <c r="B253" t="s">
-        <v>231</v>
+        <v>33</v>
       </c>
       <c r="C253">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="D253">
-        <v>600</v>
+        <v>15</v>
       </c>
       <c r="E253" s="2">
-        <v>530</v>
+        <v>42</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>337</v>
       </c>
       <c r="B254" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C254">
         <v>110</v>
       </c>
       <c r="D254">
         <v>15</v>
       </c>
       <c r="E254" s="2">
         <v>42</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>338</v>
       </c>
       <c r="B255" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C255">
         <v>110</v>
       </c>
       <c r="D255">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E255" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>339</v>
       </c>
       <c r="B256" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="C256">
         <v>110</v>
       </c>
       <c r="D256">
         <v>8</v>
       </c>
       <c r="E256" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>340</v>
       </c>
       <c r="B257" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="C257">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="D257">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E257" s="2">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>341</v>
       </c>
       <c r="B258" t="s">
         <v>33</v>
       </c>
       <c r="C258">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="D258">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E258" s="2">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B259" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="C259">
         <v>127</v>
       </c>
       <c r="D259">
         <v>8</v>
       </c>
       <c r="E259" s="2">
         <v>30</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>342</v>
       </c>
       <c r="B260" t="s">
-        <v>218</v>
+        <v>29</v>
       </c>
       <c r="C260">
-        <v>127</v>
+        <v>2.4</v>
       </c>
       <c r="D260">
-        <v>8</v>
+        <v>0.8</v>
       </c>
       <c r="E260" s="2">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>343</v>
       </c>
       <c r="B261" t="s">
         <v>29</v>
       </c>
       <c r="C261">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="D261">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="E261" s="2">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>344</v>
       </c>
       <c r="B262" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C262">
-        <v>2.5</v>
+        <v>24</v>
       </c>
       <c r="D262">
-        <v>0.5</v>
+        <v>500</v>
       </c>
       <c r="E262" s="2">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>345</v>
       </c>
       <c r="B263" t="s">
         <v>33</v>
       </c>
       <c r="C263">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="D263">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="E263" s="2">
-        <v>60</v>
+        <v>38</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>346</v>
       </c>
       <c r="B264" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C264">
         <v>55</v>
       </c>
       <c r="D264">
         <v>15</v>
       </c>
       <c r="E264" s="2">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>347</v>
       </c>
       <c r="B265" t="s">
-        <v>133</v>
+        <v>217</v>
       </c>
       <c r="C265">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D265">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E265" s="2">
-        <v>42</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>348</v>
       </c>
       <c r="B266" t="s">
-        <v>218</v>
+        <v>119</v>
       </c>
       <c r="C266">
         <v>6</v>
       </c>
       <c r="D266">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E266" s="2">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>349</v>
       </c>
       <c r="B267" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="C267">
         <v>6</v>
       </c>
       <c r="D267">
-        <v>7</v>
+        <v>7.5</v>
       </c>
       <c r="E267" s="2">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>350</v>
       </c>
       <c r="B268" t="s">
         <v>33</v>
       </c>
       <c r="C268">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="D268">
-        <v>7.5</v>
+        <v>4.8</v>
       </c>
       <c r="E268" s="2">
-        <v>80</v>
+        <v>42</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>351</v>
       </c>
       <c r="B269" t="s">
         <v>33</v>
       </c>
       <c r="C269">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="D269">
-        <v>4.8</v>
+        <v>20</v>
       </c>
       <c r="E269" s="2">
-        <v>42</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>352</v>
       </c>
       <c r="B270" t="s">
         <v>33</v>
       </c>
       <c r="C270">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>3.75</v>
+      </c>
+      <c r="D270" t="s">
+        <v>353</v>
       </c>
       <c r="E270" s="2">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B271" t="s">
-        <v>33</v>
+        <v>355</v>
       </c>
       <c r="C271">
-        <v>3.75</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>40</v>
+      </c>
+      <c r="D271">
+        <v>1.2</v>
       </c>
       <c r="E271" s="2">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B272" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C272">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D272">
-        <v>1.2</v>
+        <v>1.4</v>
       </c>
       <c r="E272" s="2">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B273" t="s">
-        <v>358</v>
+        <v>29</v>
       </c>
       <c r="C273">
         <v>28</v>
       </c>
       <c r="D273">
-        <v>1.4</v>
+        <v>20</v>
       </c>
       <c r="E273" s="2">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>359</v>
       </c>
       <c r="B274" t="s">
-        <v>29</v>
+        <v>360</v>
       </c>
       <c r="C274">
         <v>28</v>
       </c>
       <c r="D274">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E274" s="2">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B275" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="C275">
         <v>28</v>
       </c>
       <c r="D275">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E275" s="2">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>362</v>
       </c>
       <c r="B276" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C276">
         <v>28</v>
       </c>
       <c r="D276">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E276" s="2">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>363</v>
       </c>
       <c r="B277" t="s">
-        <v>356</v>
+        <v>119</v>
       </c>
       <c r="C277">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="D277">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="E277" s="2">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>364</v>
       </c>
       <c r="B278" t="s">
-        <v>120</v>
+        <v>33</v>
       </c>
       <c r="C278">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="D278">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E278" s="2">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>365</v>
       </c>
       <c r="B279" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C279">
         <v>13</v>
       </c>
       <c r="D279">
         <v>10</v>
       </c>
       <c r="E279" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>366</v>
       </c>
       <c r="B280" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C280">
         <v>13</v>
       </c>
       <c r="D280">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E280" s="2">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>367</v>
       </c>
       <c r="B281" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C281">
         <v>13</v>
       </c>
       <c r="D281">
         <v>15</v>
       </c>
       <c r="E281" s="2">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>368</v>
       </c>
       <c r="B282" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C282">
         <v>13</v>
       </c>
       <c r="D282">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E282" s="2">
-        <v>15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>369</v>
       </c>
       <c r="B283" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C283">
         <v>13</v>
       </c>
       <c r="D283">
         <v>25</v>
       </c>
       <c r="E283" s="2">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>370</v>
       </c>
       <c r="B284" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C284">
         <v>13</v>
       </c>
       <c r="D284">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="E284" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>371</v>
       </c>
       <c r="B285" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C285">
         <v>13</v>
       </c>
       <c r="D285">
         <v>5</v>
       </c>
       <c r="E285" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>372</v>
       </c>
       <c r="B286" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="C286">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D286">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E286" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>373</v>
       </c>
       <c r="B287" t="s">
-        <v>214</v>
+        <v>33</v>
       </c>
       <c r="C287">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D287">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E287" s="2">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>374</v>
       </c>
       <c r="B288" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C288">
         <v>26</v>
       </c>
       <c r="D288">
         <v>15</v>
       </c>
       <c r="E288" s="2">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>375</v>
       </c>
       <c r="B289" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C289">
         <v>26</v>
       </c>
       <c r="D289">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E289" s="2">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>376</v>
       </c>
       <c r="B290" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C290">
         <v>26</v>
       </c>
       <c r="D290">
         <v>25</v>
       </c>
       <c r="E290" s="2">
         <v>40</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>377</v>
       </c>
       <c r="B291" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="C291">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D291">
-        <v>25</v>
+        <v>1.5</v>
       </c>
       <c r="E291" s="2">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>378</v>
       </c>
       <c r="B292" t="s">
-        <v>298</v>
+        <v>357</v>
       </c>
       <c r="C292">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D292">
-        <v>1.5</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>1.4</v>
+      </c>
+      <c r="E292" t="s">
+        <v>379</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B293" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="C293">
         <v>28</v>
       </c>
-      <c r="D293">
-[...3 lines deleted...]
-        <v>380</v>
+      <c r="D293"/>
+      <c r="E293" s="2">
+        <v>80</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B294" t="s">
-        <v>382</v>
+        <v>357</v>
       </c>
       <c r="C294">
         <v>28</v>
       </c>
-      <c r="D294"/>
-[...1 lines deleted...]
-        <v>80</v>
+      <c r="D294">
+        <v>1.5</v>
+      </c>
+      <c r="E294" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B295" t="s">
-        <v>358</v>
+        <v>33</v>
       </c>
       <c r="C295">
         <v>28</v>
       </c>
       <c r="D295">
-        <v>1.5</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>10</v>
+      </c>
+      <c r="E295" s="2">
+        <v>35</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>385</v>
       </c>
       <c r="B296" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C296">
         <v>28</v>
       </c>
       <c r="D296">
         <v>10</v>
       </c>
       <c r="E296" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>386</v>
       </c>
       <c r="B297" t="s">
-        <v>29</v>
+        <v>387</v>
       </c>
       <c r="C297">
         <v>28</v>
       </c>
       <c r="D297">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="E297" s="2">
-        <v>38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
+        <v>388</v>
+      </c>
+      <c r="B298" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C298">
         <v>28</v>
       </c>
       <c r="D298">
         <v>2</v>
       </c>
       <c r="E298" s="2">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>389</v>
       </c>
       <c r="B299" t="s">
-        <v>388</v>
+        <v>25</v>
       </c>
       <c r="C299">
         <v>28</v>
       </c>
       <c r="D299">
-        <v>2</v>
+        <v>2.8</v>
       </c>
       <c r="E299" s="2">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>390</v>
       </c>
       <c r="B300" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C300">
         <v>28</v>
       </c>
       <c r="D300">
-        <v>2.8</v>
+        <v>20</v>
       </c>
       <c r="E300" s="2">
         <v>35</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>391</v>
       </c>
       <c r="B301" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C301">
         <v>28</v>
       </c>
       <c r="D301">
         <v>20</v>
       </c>
       <c r="E301" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>392</v>
       </c>
       <c r="B302" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C302">
         <v>28</v>
       </c>
       <c r="D302">
-        <v>20</v>
+        <v>4.8</v>
       </c>
       <c r="E302" s="2">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>393</v>
       </c>
       <c r="B303" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C303">
         <v>28</v>
       </c>
       <c r="D303">
-        <v>4.8</v>
+        <v>5</v>
       </c>
       <c r="E303" s="2">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>394</v>
       </c>
       <c r="B304" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C304">
         <v>28</v>
       </c>
       <c r="D304">
         <v>5</v>
       </c>
       <c r="E304" s="2">
         <v>38</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>395</v>
       </c>
       <c r="B305" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="C305">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="D305">
-        <v>5</v>
+        <v>0.6</v>
       </c>
       <c r="E305" s="2">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>396</v>
       </c>
       <c r="B306" t="s">
-        <v>298</v>
+        <v>397</v>
       </c>
       <c r="C306">
         <v>3</v>
       </c>
       <c r="D306">
         <v>0.6</v>
       </c>
       <c r="E306" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B307" t="s">
-        <v>398</v>
+        <v>357</v>
       </c>
       <c r="C307">
-        <v>3</v>
+        <v>6.3</v>
       </c>
       <c r="D307">
-        <v>0.6</v>
+        <v>1.4</v>
       </c>
       <c r="E307" s="2">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>399</v>
       </c>
       <c r="B308" t="s">
-        <v>358</v>
+        <v>25</v>
       </c>
       <c r="C308">
         <v>6.3</v>
       </c>
       <c r="D308">
-        <v>1.4</v>
+        <v>1.6</v>
       </c>
       <c r="E308" s="2">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>400</v>
       </c>
       <c r="B309" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C309">
-        <v>6.3</v>
+        <v>7.5</v>
       </c>
       <c r="D309">
-        <v>1.6</v>
+        <v>9</v>
       </c>
       <c r="E309" s="2">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>401</v>
       </c>
       <c r="B310" t="s">
-        <v>33</v>
+        <v>357</v>
       </c>
       <c r="C310">
-        <v>7.5</v>
+        <v>28</v>
       </c>
       <c r="D310">
-        <v>9</v>
+        <v>1.4</v>
       </c>
       <c r="E310" s="2">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>402</v>
       </c>
       <c r="B311" t="s">
-        <v>358</v>
+        <v>381</v>
       </c>
       <c r="C311">
         <v>28</v>
       </c>
       <c r="D311">
         <v>1.4</v>
       </c>
       <c r="E311" s="2">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>403</v>
       </c>
       <c r="B312" t="s">
-        <v>382</v>
+        <v>33</v>
       </c>
       <c r="C312">
         <v>28</v>
       </c>
       <c r="D312">
-        <v>1.4</v>
+        <v>10</v>
       </c>
       <c r="E312" s="2">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>404</v>
       </c>
       <c r="B313" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C313">
         <v>28</v>
       </c>
       <c r="D313">
-        <v>10</v>
+        <v>2.8</v>
       </c>
       <c r="E313" s="2">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>405</v>
       </c>
       <c r="B314" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C314">
         <v>28</v>
       </c>
       <c r="D314">
-        <v>2.8</v>
+        <v>5</v>
       </c>
       <c r="E314" s="2">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>406</v>
       </c>
       <c r="B315" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C315">
         <v>28</v>
       </c>
       <c r="D315">
         <v>5</v>
       </c>
       <c r="E315" s="2">
         <v>75</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>407</v>
       </c>
       <c r="B316" t="s">
-        <v>29</v>
+        <v>357</v>
       </c>
       <c r="C316">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D316">
-        <v>5</v>
+        <v>1.2</v>
       </c>
       <c r="E316" s="2">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>408</v>
       </c>
       <c r="B317" t="s">
-        <v>358</v>
+        <v>217</v>
       </c>
       <c r="C317">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="D317">
-        <v>1.2</v>
+        <v>3</v>
       </c>
       <c r="E317" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>409</v>
       </c>
       <c r="B318" t="s">
-        <v>218</v>
+        <v>132</v>
       </c>
       <c r="C318">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>220</v>
+      </c>
+      <c r="D318" t="s">
+        <v>410</v>
       </c>
       <c r="E318" s="2">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B319" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C319">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>110</v>
+      </c>
+      <c r="D319">
+        <v>25</v>
       </c>
       <c r="E319" s="2">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>412</v>
       </c>
       <c r="B320" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C320">
         <v>110</v>
       </c>
       <c r="D320">
         <v>25</v>
       </c>
       <c r="E320" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>413</v>
       </c>
       <c r="B321" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C321">
         <v>110</v>
       </c>
       <c r="D321">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E321" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>414</v>
       </c>
       <c r="B322" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C322">
         <v>110</v>
       </c>
       <c r="D322">
         <v>40</v>
       </c>
       <c r="E322" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>415</v>
       </c>
       <c r="B323" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C323">
         <v>110</v>
       </c>
       <c r="D323">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="E323" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>416</v>
       </c>
       <c r="B324" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C324">
         <v>110</v>
       </c>
       <c r="D324">
         <v>60</v>
       </c>
       <c r="E324" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>417</v>
       </c>
       <c r="B325" t="s">
         <v>100</v>
       </c>
       <c r="C325">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="D325">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="E325" s="2">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>418</v>
       </c>
       <c r="B326" t="s">
         <v>100</v>
       </c>
       <c r="C326">
         <v>127</v>
       </c>
       <c r="D326">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="E326" s="2">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>419</v>
       </c>
       <c r="B327" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C327">
         <v>127</v>
       </c>
       <c r="D327">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="E327" s="2">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>420</v>
       </c>
       <c r="B328" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C328">
         <v>127</v>
       </c>
       <c r="D328">
         <v>25</v>
       </c>
       <c r="E328" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>421</v>
       </c>
       <c r="B329" t="s">
         <v>100</v>
       </c>
       <c r="C329">
         <v>127</v>
       </c>
       <c r="D329">
         <v>25</v>
       </c>
       <c r="E329" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>422</v>
       </c>
       <c r="B330" t="s">
         <v>100</v>
       </c>
       <c r="C330">
         <v>127</v>
       </c>
       <c r="D330">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E330" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>423</v>
       </c>
       <c r="B331" t="s">
         <v>100</v>
       </c>
       <c r="C331">
         <v>127</v>
       </c>
       <c r="D331">
         <v>40</v>
       </c>
       <c r="E331" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>424</v>
       </c>
       <c r="B332" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C332">
         <v>127</v>
       </c>
       <c r="D332">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="E332" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>425</v>
       </c>
       <c r="B333" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C333">
         <v>127</v>
       </c>
       <c r="D333">
         <v>60</v>
       </c>
       <c r="E333" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>426</v>
       </c>
       <c r="B334" t="s">
         <v>100</v>
       </c>
       <c r="C334">
         <v>127</v>
       </c>
       <c r="D334">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E334" s="2">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>427</v>
       </c>
       <c r="B335" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="C335">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D335">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E335" s="2">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>428</v>
       </c>
       <c r="B336" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C336">
-        <v>13</v>
+        <v>220</v>
       </c>
       <c r="D336">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="E336" s="2">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>429</v>
       </c>
       <c r="B337" t="s">
         <v>100</v>
       </c>
       <c r="C337">
         <v>220</v>
       </c>
       <c r="D337">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="E337" s="2">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>430</v>
       </c>
       <c r="B338" t="s">
         <v>100</v>
       </c>
       <c r="C338">
         <v>220</v>
       </c>
       <c r="D338">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="E338" s="2">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>431</v>
       </c>
       <c r="B339" t="s">
         <v>100</v>
       </c>
       <c r="C339">
         <v>220</v>
       </c>
       <c r="D339">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="E339" s="2">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>432</v>
       </c>
       <c r="B340" t="s">
         <v>100</v>
       </c>
       <c r="C340">
         <v>220</v>
       </c>
       <c r="D340">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E340" s="2">
         <v>45</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>433</v>
       </c>
       <c r="B341" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C341">
         <v>220</v>
       </c>
       <c r="D341">
         <v>40</v>
       </c>
       <c r="E341" s="2">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>434</v>
       </c>
       <c r="B342" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C342">
         <v>220</v>
       </c>
       <c r="D342">
         <v>40</v>
       </c>
       <c r="E342" s="2">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>435</v>
       </c>
       <c r="B343" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C343">
         <v>220</v>
       </c>
       <c r="D343">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="E343" s="2">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>436</v>
       </c>
       <c r="B344" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C344">
         <v>220</v>
       </c>
       <c r="D344">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="E344" s="2">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>437</v>
       </c>
       <c r="B345" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C345">
         <v>220</v>
       </c>
       <c r="D345">
         <v>60</v>
       </c>
       <c r="E345" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>438</v>
       </c>
       <c r="B346" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C346">
         <v>220</v>
       </c>
       <c r="D346">
         <v>60</v>
       </c>
       <c r="E346" s="2">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>439</v>
       </c>
       <c r="B347" t="s">
         <v>100</v>
       </c>
       <c r="C347">
         <v>220</v>
       </c>
       <c r="D347">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E347" s="2">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>440</v>
       </c>
       <c r="B348" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C348">
-        <v>220</v>
+        <v>24</v>
       </c>
       <c r="D348">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="E348" s="2">
-        <v>85</v>
+        <v>48</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>441</v>
       </c>
       <c r="B349" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C349">
         <v>24</v>
       </c>
       <c r="D349">
         <v>25</v>
       </c>
       <c r="E349" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>442</v>
       </c>
       <c r="B350" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="C350">
         <v>24</v>
       </c>
       <c r="D350">
         <v>25</v>
       </c>
       <c r="E350" s="2">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>443</v>
       </c>
       <c r="B351" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C351">
         <v>24</v>
       </c>
       <c r="D351">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E351" s="2">
-        <v>85</v>
+        <v>48</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>444</v>
       </c>
       <c r="B352" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="C352">
         <v>24</v>
       </c>
       <c r="D352">
         <v>40</v>
       </c>
       <c r="E352" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>445</v>
       </c>
       <c r="B353" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="C353">
         <v>24</v>
       </c>
       <c r="D353">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="E353" s="2">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>446</v>
       </c>
       <c r="B354" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="C354">
         <v>24</v>
       </c>
       <c r="D354">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="E354" s="2">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>447</v>
       </c>
       <c r="B355" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C355">
         <v>24</v>
       </c>
       <c r="D355">
         <v>60</v>
       </c>
       <c r="E355" s="2">
         <v>48</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>448</v>
       </c>
       <c r="B356" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="C356">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D356">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="E356" s="2">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>449</v>
       </c>
       <c r="B357" t="s">
         <v>33</v>
       </c>
       <c r="C357">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D357">
         <v>25</v>
       </c>
       <c r="E357" s="2">
         <v>85</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>450</v>
       </c>
       <c r="B358" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="D358">
         <v>25</v>
       </c>
+      <c r="C358"/>
+      <c r="D358"/>
       <c r="E358" s="2">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>451</v>
       </c>
       <c r="B359" t="s">
         <v>25</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>452</v>
       </c>
       <c r="B360" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>453</v>
       </c>
       <c r="B361" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>454</v>
       </c>
       <c r="B362" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>455</v>
       </c>
       <c r="B363" t="s">
-        <v>214</v>
+        <v>29</v>
       </c>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>456</v>
       </c>
       <c r="B364" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>457</v>
       </c>
       <c r="B365" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>458</v>
       </c>
       <c r="B366" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>459</v>
       </c>
       <c r="B367" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>460</v>
       </c>
       <c r="B368" t="s">
         <v>29</v>
       </c>
       <c r="C368"/>
       <c r="D368"/>
       <c r="E368" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>461</v>
       </c>
       <c r="B369" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>462</v>
       </c>
       <c r="B370" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>463</v>
       </c>
       <c r="B371" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>464</v>
       </c>
       <c r="B372" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C372"/>
       <c r="D372"/>
       <c r="E372" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>465</v>
       </c>
       <c r="B373" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C373"/>
       <c r="D373"/>
       <c r="E373" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>466</v>
       </c>
       <c r="B374" t="s">
         <v>29</v>
       </c>
       <c r="C374"/>
       <c r="D374"/>
       <c r="E374" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>467</v>
       </c>
       <c r="B375" t="s">
-        <v>29</v>
+        <v>213</v>
       </c>
       <c r="C375"/>
       <c r="D375"/>
       <c r="E375" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>468</v>
       </c>
       <c r="B376" t="s">
-        <v>214</v>
+        <v>29</v>
       </c>
       <c r="C376"/>
       <c r="D376"/>
       <c r="E376" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>469</v>
       </c>
       <c r="B377" t="s">
         <v>29</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>470</v>
       </c>
       <c r="B378" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D378"/>
+        <v>33</v>
+      </c>
+      <c r="C378">
+        <v>110</v>
+      </c>
+      <c r="D378">
+        <v>4</v>
+      </c>
       <c r="E378" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>471</v>
       </c>
       <c r="B379" t="s">
         <v>33</v>
       </c>
       <c r="C379">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="D379">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E379" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>472</v>
       </c>
       <c r="B380" t="s">
         <v>33</v>
       </c>
-      <c r="C380">
-        <v>127</v>
+      <c r="C380" t="s">
+        <v>473</v>
       </c>
       <c r="D380">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E380" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B381" t="s">
-        <v>33</v>
+        <v>217</v>
       </c>
       <c r="C381" t="s">
-        <v>474</v>
+        <v>164</v>
       </c>
       <c r="D381">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E381" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>475</v>
       </c>
       <c r="B382" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="C382" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D382"/>
       <c r="E382" s="2">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>476</v>
       </c>
       <c r="B383" t="s">
         <v>33</v>
       </c>
       <c r="C383" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D383"/>
       <c r="E383" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>477</v>
       </c>
       <c r="B384" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C384" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D384"/>
+        <v>164</v>
+      </c>
+      <c r="D384">
+        <v>15</v>
+      </c>
       <c r="E384" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>478</v>
       </c>
       <c r="B385" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="C385" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D385"/>
       <c r="E385" s="2">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>479</v>
       </c>
       <c r="B386" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="C386" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D386"/>
+        <v>164</v>
+      </c>
+      <c r="D386">
+        <v>25</v>
+      </c>
       <c r="E386" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>480</v>
       </c>
       <c r="B387" t="s">
-        <v>100</v>
+        <v>217</v>
       </c>
       <c r="C387" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D387">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E387" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>481</v>
       </c>
       <c r="B388" t="s">
-        <v>218</v>
+        <v>100</v>
       </c>
       <c r="C388" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D388">
         <v>10</v>
       </c>
       <c r="E388" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>482</v>
       </c>
       <c r="B389" t="s">
-        <v>100</v>
+        <v>217</v>
       </c>
       <c r="C389" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D389"/>
       <c r="E389" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>483</v>
       </c>
       <c r="B390" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="C390" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D390"/>
+        <v>484</v>
+      </c>
+      <c r="D390">
+        <v>10</v>
+      </c>
       <c r="E390" s="2">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B391" t="s">
         <v>33</v>
       </c>
       <c r="C391" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D391">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E391" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>486</v>
       </c>
       <c r="B392" t="s">
         <v>33</v>
       </c>
-      <c r="C392" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C392">
+        <v>60</v>
+      </c>
+      <c r="D392"/>
       <c r="E392" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>487</v>
       </c>
       <c r="B393" t="s">
         <v>33</v>
       </c>
       <c r="C393">
         <v>60</v>
       </c>
       <c r="D393"/>
       <c r="E393" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>488</v>
       </c>
       <c r="B394" t="s">
         <v>33</v>
       </c>
       <c r="C394">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D394"/>
+        <v>110</v>
+      </c>
+      <c r="D394">
+        <v>8</v>
+      </c>
       <c r="E394" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>489</v>
       </c>
-      <c r="B395" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B395"/>
+      <c r="C395"/>
+      <c r="D395"/>
+      <c r="E395"/>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>490</v>
       </c>
-      <c r="B396"/>
-[...2 lines deleted...]
-      <c r="E396"/>
+      <c r="B396" t="s">
+        <v>213</v>
+      </c>
+      <c r="C396">
+        <v>7</v>
+      </c>
+      <c r="D396">
+        <v>0.5</v>
+      </c>
+      <c r="E396" s="2">
+        <v>100</v>
+      </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>491</v>
       </c>
       <c r="B397" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C397"/>
+      <c r="D397"/>
       <c r="E397" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>492</v>
       </c>
       <c r="B398" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C398"/>
       <c r="D398"/>
       <c r="E398" s="2">
         <v>50</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>493</v>
       </c>
       <c r="B399" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="D399"/>
+        <v>132</v>
+      </c>
+      <c r="C399" t="s">
+        <v>494</v>
+      </c>
+      <c r="D399">
+        <v>15</v>
+      </c>
       <c r="E399" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
+        <v>495</v>
+      </c>
+      <c r="B400" t="s">
+        <v>132</v>
+      </c>
+      <c r="C400" t="s">
         <v>494</v>
       </c>
-      <c r="B400" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D400">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E400" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>496</v>
       </c>
       <c r="B401" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="C401" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D401">
         <v>25</v>
       </c>
       <c r="E401" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>497</v>
       </c>
       <c r="B402" t="s">
         <v>100</v>
       </c>
       <c r="C402" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D402">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E402" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>498</v>
       </c>
       <c r="B403" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>217</v>
+      </c>
+      <c r="C403">
+        <v>127</v>
       </c>
       <c r="D403">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E403" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>499</v>
       </c>
       <c r="B404" t="s">
-        <v>218</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="C404" t="s">
+        <v>164</v>
+      </c>
+      <c r="D404"/>
       <c r="E404" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>500</v>
       </c>
       <c r="B405" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C405" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D405"/>
       <c r="E405" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>501</v>
       </c>
       <c r="B406" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C406" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D406"/>
       <c r="E406" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>502</v>
       </c>
       <c r="B407" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>217</v>
+      </c>
+      <c r="C407">
+        <v>60</v>
       </c>
       <c r="D407"/>
       <c r="E407" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>503</v>
       </c>
       <c r="B408" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="C408">
         <v>60</v>
       </c>
       <c r="D408"/>
       <c r="E408" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>504</v>
       </c>
       <c r="B409" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="D409"/>
+        <v>93</v>
+      </c>
+      <c r="C409"/>
+      <c r="D409">
+        <v>15</v>
+      </c>
       <c r="E409" s="2">
         <v>60</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>505</v>
       </c>
       <c r="B410" t="s">
         <v>93</v>
       </c>
       <c r="C410"/>
       <c r="D410">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E410" s="2">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>506</v>
       </c>
       <c r="B411" t="s">
         <v>93</v>
       </c>
       <c r="C411"/>
       <c r="D411">
         <v>30</v>
       </c>
       <c r="E411" s="2">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>507</v>
       </c>
       <c r="B412" t="s">
-        <v>93</v>
+        <v>508</v>
       </c>
       <c r="C412"/>
       <c r="D412">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E412" s="2">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B413" t="s">
-        <v>509</v>
+        <v>93</v>
       </c>
       <c r="C413"/>
       <c r="D413">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E413" s="2">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>510</v>
       </c>
       <c r="B414" t="s">
         <v>93</v>
       </c>
       <c r="C414"/>
       <c r="D414">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E414" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>511</v>
       </c>
       <c r="B415" t="s">
-        <v>93</v>
-[...3 lines deleted...]
-        <v>30</v>
+        <v>512</v>
+      </c>
+      <c r="C415">
+        <v>5.2</v>
+      </c>
+      <c r="D415" t="s">
+        <v>513</v>
       </c>
       <c r="E415" s="2">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B416" t="s">
-        <v>513</v>
+        <v>213</v>
       </c>
       <c r="C416">
-        <v>5.2</v>
+        <v>1</v>
       </c>
       <c r="D416" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E416" s="2">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B417" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C417">
-        <v>1</v>
+        <v>1.25</v>
       </c>
       <c r="D417" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E417" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B418" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C418">
-        <v>1.25</v>
+        <v>13.5</v>
       </c>
       <c r="D418" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E418" s="2">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B419" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C419">
-        <v>13.5</v>
-[...2 lines deleted...]
-        <v>520</v>
+        <v>130</v>
+      </c>
+      <c r="D419">
+        <v>2.6</v>
       </c>
       <c r="E419" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>521</v>
       </c>
       <c r="B420" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C420">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>2.6</v>
+        <v>18</v>
+      </c>
+      <c r="D420" t="s">
+        <v>522</v>
       </c>
       <c r="E420" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B421" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C421">
-        <v>18</v>
+        <v>2.5</v>
       </c>
       <c r="D421" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="E421" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>524</v>
       </c>
       <c r="B422" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C422">
         <v>2.5</v>
       </c>
       <c r="D422" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="E422" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B423" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C423">
         <v>2.5</v>
       </c>
       <c r="D423" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E423" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B424" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C424">
         <v>2.5</v>
       </c>
       <c r="D424" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="E424" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>529</v>
       </c>
       <c r="B425" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C425">
         <v>2.5</v>
       </c>
       <c r="D425" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E425" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B426" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C426">
         <v>2.5</v>
       </c>
       <c r="D426" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E426" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B427" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C427">
         <v>2.5</v>
       </c>
       <c r="D427" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E427" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B428" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>535</v>
+        <v>25</v>
+      </c>
+      <c r="C428" t="s">
+        <v>536</v>
+      </c>
+      <c r="D428">
+        <v>3</v>
       </c>
       <c r="E428" s="2">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B429" t="s">
         <v>25</v>
       </c>
-      <c r="C429" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="C429">
+        <v>24</v>
+      </c>
+      <c r="D429" t="s">
+        <v>538</v>
       </c>
       <c r="E429" s="2">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B430" t="s">
         <v>25</v>
       </c>
       <c r="C430">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D430" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E430" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B431" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C431">
         <v>26</v>
       </c>
       <c r="D431" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="E431" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>542</v>
       </c>
       <c r="B432" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>543</v>
+      </c>
+      <c r="C432"/>
+      <c r="D432"/>
       <c r="E432" s="2">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B433" t="s">
-        <v>544</v>
+        <v>217</v>
       </c>
       <c r="C433"/>
       <c r="D433"/>
       <c r="E433" s="2">
         <v>25</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>545</v>
       </c>
       <c r="B434" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-      <c r="D434"/>
+        <v>213</v>
+      </c>
+      <c r="C434">
+        <v>3.5</v>
+      </c>
+      <c r="D434" t="s">
+        <v>546</v>
+      </c>
       <c r="E434" s="2">
         <v>25</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B435" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C435">
         <v>3.5</v>
       </c>
       <c r="D435" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E435" s="2">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B436" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C436">
-        <v>3.5</v>
+        <v>36</v>
       </c>
       <c r="D436" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E436" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>550</v>
       </c>
       <c r="B437" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="C437">
-        <v>36</v>
+        <v>6.3</v>
       </c>
       <c r="D437" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="E437" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B438" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C438">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
       <c r="D438" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E438" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B439" t="s">
-        <v>214</v>
+        <v>555</v>
       </c>
       <c r="C439">
-        <v>6.5</v>
+        <v>28</v>
       </c>
       <c r="D439" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E439" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B440" t="s">
-        <v>556</v>
+        <v>249</v>
       </c>
       <c r="C440">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>110</v>
+      </c>
+      <c r="D440">
+        <v>60</v>
       </c>
       <c r="E440" s="2">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>558</v>
       </c>
       <c r="B441" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C441">
         <v>110</v>
       </c>
       <c r="D441">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E441" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>559</v>
       </c>
       <c r="B442" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C442">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="D442">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="E442" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>560</v>
       </c>
       <c r="B443" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C443">
         <v>220</v>
       </c>
       <c r="D443">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="E443" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>561</v>
       </c>
       <c r="B444" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C444">
-        <v>220</v>
+        <v>24</v>
       </c>
       <c r="D444">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="E444" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>562</v>
       </c>
-      <c r="B445" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B445"/>
+      <c r="C445"/>
+      <c r="D445"/>
       <c r="E445" s="2">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>563</v>
       </c>
       <c r="B446"/>
       <c r="C446"/>
       <c r="D446"/>
       <c r="E446" s="2">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>564</v>
       </c>
       <c r="B447"/>
       <c r="C447"/>
       <c r="D447"/>
       <c r="E447" s="2">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>565</v>
       </c>
       <c r="B448"/>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448" s="2">
-        <v>220</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>566</v>
       </c>
       <c r="B449"/>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449" s="2">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>567</v>
       </c>
       <c r="B450"/>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450" s="2">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>568</v>
       </c>
       <c r="B451"/>
       <c r="C451"/>
       <c r="D451"/>
       <c r="E451" s="2">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>569</v>
       </c>
       <c r="B452"/>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452" s="2">
-        <v>25</v>
+        <v>700</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>570</v>
       </c>
       <c r="B453"/>
       <c r="C453"/>
       <c r="D453"/>
       <c r="E453" s="2">
-        <v>700</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>571</v>
       </c>
       <c r="B454"/>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454" s="2">
-        <v>1800</v>
+        <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>572</v>
       </c>
       <c r="B455"/>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>573</v>
       </c>
       <c r="B456"/>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456" s="2">
-        <v>17</v>
+        <v>190</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>574</v>
       </c>
       <c r="B457"/>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457" s="2">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>575</v>
       </c>
       <c r="B458"/>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>576</v>
       </c>
       <c r="B459"/>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>577</v>
       </c>
       <c r="B460"/>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460" s="2">
         <v>17</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>578</v>
       </c>
       <c r="B461"/>
       <c r="C461"/>
       <c r="D461"/>
       <c r="E461" s="2">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>579</v>
       </c>
       <c r="B462"/>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462" s="2">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>580</v>
       </c>
       <c r="B463"/>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463" s="2">
-        <v>27</v>
+        <v>55</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>581</v>
       </c>
       <c r="B464"/>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464" s="2">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>582</v>
       </c>
       <c r="B465"/>
       <c r="C465"/>
       <c r="D465"/>
-      <c r="E465" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E465"/>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>583</v>
       </c>
-      <c r="B466"/>
-[...2 lines deleted...]
-      <c r="E466"/>
+      <c r="B466" t="s">
+        <v>119</v>
+      </c>
+      <c r="C466">
+        <v>27</v>
+      </c>
+      <c r="D466">
+        <v>150</v>
+      </c>
+      <c r="E466" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>584</v>
       </c>
       <c r="B467" t="s">
-        <v>120</v>
+        <v>585</v>
       </c>
       <c r="C467">
         <v>27</v>
       </c>
       <c r="D467">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>200</v>
+      </c>
+      <c r="E467" s="2">
+        <v>4500</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B468" t="s">
-        <v>586</v>
+        <v>119</v>
       </c>
       <c r="C468">
         <v>27</v>
       </c>
       <c r="D468">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="E468" s="2">
-        <v>4500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>587</v>
       </c>
       <c r="B469" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C469">
         <v>27</v>
       </c>
       <c r="D469">
         <v>40</v>
       </c>
       <c r="E469" s="2">
         <v>2000</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>588</v>
       </c>
       <c r="B470" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C470">
         <v>27</v>
       </c>
       <c r="D470">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="E470" s="2">
         <v>2000</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>589</v>
       </c>
       <c r="B471" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C471">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>10</v>
+      </c>
+      <c r="D471" t="s">
+        <v>590</v>
       </c>
       <c r="E471" s="2">
-        <v>2000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B472" t="s">
-        <v>120</v>
+        <v>297</v>
       </c>
       <c r="C472">
         <v>10</v>
       </c>
       <c r="D472" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E472" s="2">
         <v>15</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B473" t="s">
-        <v>298</v>
+        <v>594</v>
       </c>
       <c r="C473">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="D473"/>
       <c r="E473" s="2">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B474" t="s">
-        <v>595</v>
+        <v>297</v>
       </c>
       <c r="C474">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D474"/>
+        <v>6.3</v>
+      </c>
+      <c r="D474" t="s">
+        <v>596</v>
+      </c>
       <c r="E474" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B475" t="s">
-        <v>298</v>
+        <v>598</v>
       </c>
       <c r="C475">
-        <v>6.3</v>
+        <v>9</v>
       </c>
       <c r="D475" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E475" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B476" t="s">
-        <v>599</v>
+        <v>297</v>
       </c>
       <c r="C476">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D476" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E476" s="2">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B477" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C477">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D477" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="E477" s="2">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>603</v>
       </c>
       <c r="B478" t="s">
-        <v>298</v>
+        <v>598</v>
       </c>
       <c r="C478">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D478" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E478" s="2">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>604</v>
       </c>
       <c r="B479" t="s">
-        <v>599</v>
+        <v>297</v>
       </c>
       <c r="C479">
         <v>6</v>
       </c>
       <c r="D479" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="E479" s="2">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>605</v>
       </c>
       <c r="B480" t="s">
-        <v>298</v>
+        <v>598</v>
       </c>
       <c r="C480">
-        <v>6</v>
+        <v>6.3</v>
       </c>
       <c r="D480" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="E480" s="2">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>606</v>
       </c>
-      <c r="B481" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B481"/>
+      <c r="C481"/>
+      <c r="D481"/>
+      <c r="E481"/>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>607</v>
       </c>
-      <c r="B482"/>
-[...2 lines deleted...]
-      <c r="E482"/>
+      <c r="B482" t="s">
+        <v>608</v>
+      </c>
+      <c r="C482" t="s">
+        <v>609</v>
+      </c>
+      <c r="D482" t="s">
+        <v>610</v>
+      </c>
+      <c r="E482" s="2">
+        <v>140</v>
+      </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B483" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>555</v>
+      </c>
+      <c r="C483">
+        <v>28</v>
       </c>
       <c r="D483" t="s">
-        <v>611</v>
+        <v>556</v>
       </c>
       <c r="E483" s="2">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>612</v>
       </c>
       <c r="B484" t="s">
-        <v>556</v>
+        <v>29</v>
       </c>
       <c r="C484">
         <v>28</v>
       </c>
-      <c r="D484" t="s">
-        <v>557</v>
+      <c r="D484">
+        <v>10</v>
       </c>
       <c r="E484" s="2">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>613</v>
       </c>
       <c r="B485" t="s">
         <v>29</v>
       </c>
       <c r="C485">
         <v>28</v>
       </c>
       <c r="D485">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E485" s="2">
-        <v>60</v>
-[...15 lines deleted...]
-      <c r="E486" s="2">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>